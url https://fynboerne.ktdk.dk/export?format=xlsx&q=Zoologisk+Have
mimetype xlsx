--- v0 (2025-11-09)
+++ v1 (2026-02-12)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="678" uniqueCount="422" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="712" uniqueCount="446" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -91,50 +91,110 @@
 Adolph Larsen
 Georg Larsen</t>
   </si>
   <si>
     <t>Ejby Mølle lå ved Odense Å. Dengang lå det i udkanten af Odense. I dag er det et rensningsanlæg.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Muligvis kommer Johannes Larsens far snart til København. Vilhelmine Larsen savner sin søn og snakker meget med hans lille fugl. Det er godt, at Johannes er glad for sin tegnelærer. Johannes får frimærker, som han kan sælge og dermed få penge til benzin og en tur i Zoologisk Have.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6ts1</t>
   </si>
   <si>
     <t>Kjæreste Johannes
 Mange Tak for dit lange Brev ja du maa ikke gjøre dem kortere Du skal see naar du først faar begyndt saa gaar det flinkt med Passiaren, her er travlt med Kul og [Kjadningsskibe], Georg havde takt om at skrive til Dig idag men nu var han til Præst og saa er det bleven opsat [til] imorgen maaske Fader kommer snart og han skal medbringe baade Politiken og Bogen om jeg finder den; den lille Fugl har jeg flyttet op paa mit Sovekammer for Katten kom ind og sad paa Buret og saa blev jeg bange – den havde nemlig faaet Smag paa fine Fugle den spiste en lille Svaleunge der faldt ned
 Din lille Fugl synger saa nydelig i disse Dage det maa absolut blive en Sangfugl af de bedre den faar Kaal og kjemper troer du da ikke mit lille kjære Barn at jeg længes efter dig og saa taler jeg med den lille graa Fugl mine to Resedaer vil jeg ofre saa du kan tænke dig den har det godt lille Adolph hjælper mig ogsaa at passe den, han siger flere Gange til mig troer Du nu Johannes laver paa mit Skib Moer
 Du kan tro jeg er glad fordi du synes godt om din Tegnelærer. Ja det skal blive dejligt om du kommer til at føle mere og mere at Du kommer paa den rette Hylde kan der blive Tid tilovers – lille Johannes – saa læs paa dine Sprog
 Du længes efter dine Venner Johannes men nu skal du nok snart høre hvor Peder Andersen er – Simon er det ikke værdt at jage om min lille Skat du veed nok min Mening.
 Her har været en stor Høstfest for Højreforeningen og vi maatte blive oppe til Kl. 1 om Natten det var i Søndags jeg er træt endnu af den Kommers det regnede hele Dagen. Forvalter Fauerskou kom med en Ytring som morede mig meget, vor Herre er saa [ ulæseligt ] ”Venstremand” det vil da sige ifald det bliver godt Vejr imorgen og det blev det saa vi fik os jo en lille Latter forstaar du nok.
 Hvordan gaar det med Tøjet kære Barn Penge har du ingen men her er Frimærker saa kan du sælge nogle for at see – Sælhunden har du vel megen Lyst og maaske du ogsaa trænger Bentzin jeg tør ikke skrive mere for det er Posttid; men nu skal Du faa Brev fra mig paa Søndag og fra Georg imorgen 
 Lev vel du elskede Barn Gud velsigne og bevare dig
 Hils Alle dem der bryder sig om det. Spørg Claumann om han kan huske mig jeg legede i Ejby Mølle da han var Barn</t>
+  </si>
+  <si>
+    <t>1891-03-13</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Frédéric Chopin
+Frantisch Dusek
+Henrik Havemann
+Rebecca Havemann
+Pauline Hirschsprung
+Felix Mendelssohn
+Wolfgang Mozart
+Adelheyde Syberg
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, f. Warberg, var en kort tid i huset hos Havemanns i Hamburg. Hun blev sendt hjem, da ægteparret ikke fandt hende dygtig nok til husarbejdet. 
+Munter var en hund. 
+Spleis, Jakobsens og deres unge pige, Lønner, Grohmann og Gretchen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1581</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fik 12 tykke breve til sin fødselsdag. De mødte om aftenen Leth, og han spillede fløjte sammen med Ellen på klaver. Ellen er glad for sin klaverlærer, men han giver mange lektier.
+Laura Warberg har skrevet til Ellen, at hun skal finde noget arbejde, når hun kommer hjem. Ellen vil helst have tegneundervisning, men hun ved godt, at forældrene ikke har råd til at have flere døtre boende i København. 
+Ellen m.fl. har været på en lang gåtur i sneen langs Alster. En dag var de forbi Zoo og igennem Botanisk Have. Ellen vil gerne tegne på disse lokaliteter. En anden dag kom Ellen forbi Sct. Petri Kirke, hvor der var bryllup og dejlig musik. Aftenen før var Ellen til Wasserpantomime i Cirkus Busch. 
+Om aftenen er der tit gæster hos Havemanns, og de vil gerne have, at Ellen spiller for dem. Hun bryder sig ikke om det, fordi de snakker imens og hæver stemmerne, når hun spiller forte. 
+Det går ikke godt med madlavningen. For eksempel kan Ellen ikke finde ud af at lave melboller. 
+Ellen har strikket en uldtrøje og syet en buffetdug til Fru Havemann. 
+Den unge pige i huset, Gretchen, er ikke meget værd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0MC</t>
+  </si>
+  <si>
+    <t>Eppendorferweg 15 II
+Mandag 13de Marts -91
+Kære Mor! 
+Nu burde jeg jo have en hel Masse at skrive til dig om, men jeg ved egentlig ikke, hvad det skal være vi ere nemlig meget stilfærdige i denne Tid, Kaptajnen er væk, - vi ”bomler” ikke saa meget, men Tiden er alligevel fuldt optaget, vi kan knap faa den til at slaa til. – 
+Tak for dit Brev til min Fødselsdag, og vil du takke Fader mange Gange for hans Brev – opførte Munter saa en "lille Formiddagstudekoncert?" – Jeg fik 12 lange tykke Breve til min Fødselsdag, bl.a. et langt et fra Spleis, med indlagt Portræt, glimrende, af ham selv. – Vil du takke Tante Minni mange Gange for hendes Brev. – 
+Jeg blev hædret med fin Middagsmad og god Rødvin. – Om Aftenen havde vi tænkt at gaa i Kirke, men da vi gik ned af Trappen, mødte vi Leth, sammen med med sin Fløjte, saa vendte vi om og, og spillede sammen i samfulde 2½ Time, det gik rigtig pænt, og naar vi har øvet os lidt, vil det blive storartet, tror jeg – d.v.s. der er ”Skidt i Fløjten”, den spiller falsk men han skal med det første have en ny. – Jeg er mere og mere tilfreds med min Spillelærer, han kommer i Morgen og vil da bringe med en Vals af Chopin og Frühling Lied af Mendelsohn – om 6 Uger skal jeg spille Maaneskinssonaten af Bethoven – har han sagt. – Han er vist meget dygtig, men han giver mig en Masse for – til i Morgen har jeg f. Eks. 11 Scalaer, Etuder, et Utal af Øvelser, en Sonate af Bethoven en af Mozart, en af Dusek, saa du kan tænke jeg har travlt i de 2 Timer, jeg øver mig om Dagen. – Jeg er uhyre tilfreds med de 12 Timer, og tænkte nok det maatte være en Misforstaaelse med 24 – det er jo allerede en farlig Masse Penge til det. Du skriver, at naar jeg kommer hjem, skal jeg vel til at tage fat paa noget at arbejde med af en eller anden Slags. Ja det er du Ret i, og jeg skal nok hænge dygtig i, saafremt det bliver noget. Jeg kan og har Ævne til, jeg vil naturligvis helst til Tegningen, naar jeg kan blive anbragt ved det, men det er naturligvis ikke let at finde paa, paa Landet har man jo ikke Brug for den Slags, og I har ikke Lyst til at holde en Datter til i Kbnhavn, Døtre ere dyre – især naar de blive sat i en By – men som sagt, om I kan finde mig en Beskæftigelse hvor man tjener Penge, saa skal jeg nok tage godt fat og slide godt i det, bruge mine Kræfter og gøre jer Ære. – 
+Vi ere netop komne trætte og udasede hjem fra en lang, lang Tur, vi har været rundt inde i Byen, forbi Børsen netop som de kom ud derfra, sikken en Mylder, så har vi været henne Hotel d’Europe, hvor vi vare til Bal, gaaet langs med Alsteren, du kan tro der er smukt. Her har vi haft Vinter de sidste Dage, Alsteren var tillagt og der ligger c 1 Fod Sne i Dag er det Tø og et gruligt Søle. – Det er næsten hver Dag vi gaar saa lange Ture, en Dag gik vi ud paa Lykke og fromme og kom saa forbi Zoologisk Have og ud gennem Botanisk Have, hvor der er ganske henrivende smukt og jeg fandt mig nogle nydelige Motiver. Her bliver mange Steder omkring i Anlægene, hvor jeg kan tegne. I de sidste Dage har jeg malet fra Vinduerne. Der er en Have ud for Køkkenvinduerne med nogle store Bygninger bag ved. – 
+En anden Dag begav vi os ud og skulde gaa en rigtig lang Tur, men vi forvildede os i et stort Anlæg og fandt pludselig os selv i Frucht Allé ved Sct Petrikirke, som er 5 Min. Gang herfra. – Saa opdagede vi at Kirkedøren stod aaben og der stod nogle Drenge. Vi tænkte, der maatte være noget løs og gik derind. Der var et stort Bryllup, som vi overværede i al Højtidelighed, Talen forstod vi ikke, men der var saadan en dejlig Musik og 2 stemmig Sang, det var det bedste af det. – I Aftes vare vi i Cirkus Busch og morede os aldeles storartet, Leth kom og tog os med – det var brilliant – Wasserpantomine, det samme som Tante Minni og Onkel Syberg saa i Kbh i Sommer, kun var det vist mere storartet her. Du kan tænke dig, der blev sluppen Ænder Svaner og Sælhunde ud i Vandet, Ludvig d. 14 sejlede omkring i en lille Baad og spillede paa Luth, hvert Øjeblik plaskede der Herrer, Damer og Heste omkring – det var Gru at se. – Vi har haft et lille "Party" her en Aften. – Vi havde bedt den unge Pige henne hos Jakobsens, samt en svensk Kaptajn Lønner, som vi ogsaa har set derhenne, - Fru Jakobsen kom uventet med og Hr Jakobsen kom og [”kom og” indsat over linien] hentede hende Klk c 8. Vi havde det meget gemytligt, drak allesammen hver en Snaps til Aftensmaden, og Cognactoddy om Aftenen. Jeg blev den Aften som altid meget indtrængende bedt om at spille men jeg holder slet ikke af det, for Sludderen gaar aldrig saa lystig som naar jeg spiller forte, saa bliver der bare talt lidt højere, og jeg ved ikke noget mere irriterende. – Paa Torsdag Aften er vi bedt hen til Grohmanns, Fru Grohmann var var her en lille Visit i Gaar Form. og inviterede os. - -
+Madlavningen gaar det kun saa som saa med – vi har lavet Melboller, dog ikke efter den nye Kartoffelmelopskrift, men efter Kogebogen og som vi gør det hjemme, men de vil ikke lykkes, og vi ere nu saa kede af dem, saa vi kun kan se dem. En Gang bleve de saa haarde som Sten, en anden Gang syntes vi da at de vare brillant, men da Kaptajnen smagte dem erklærede, han at de vare slet ikke kogte, vi kom i saadan en Latter over vores spildte Møje, at Kaptajnen var lige ved at blive gal. – Æbleskiver og Pandekager faae vi tit, jeg laver dem altid, og har næsten naaet Virtuonstitel i det Stykke. – 
+Jeg strikkede i Gaar min Uldtrøje færdig og skal nu til mit Tørklæde, jeg var i Dag inde i en Garnbutik, men kunde ikke faa Garn der, jeg haaber jeg kan faa det et andet Sted. – Bufetdugen som jeg syede for Fru Havemann blev rigtig pæn, jeg har ogsaa broderet 2 Navne for hende - (af mig selv) - Fru H. har nemlig stor Respect for hvem der kan sy pænt, og saa vilde jeg selvfølgelig se at indlægge mig lidt Ære der. - Vor Pige Gretchen har vi ingen Glæde af, hun gaar ud hver Fredag og hver 3dj Søndag men er endnu ikke kommen hjem til rigtig Tid, saa kan [resten af brevet mangler] 
+[Skrevet på tværs øverst s1:]
+Husk endelig at skrive om Tante P.</t>
   </si>
   <si>
     <t>1892-02-17</t>
   </si>
   <si>
     <t>Långaryd
 Ollerup Svendborg
 Randers Regnskov
 Dinestrup pr. Ullerslev</t>
   </si>
   <si>
     <t>- Algren Petersen
 Anders Andersen
 Laurine Andersen
 Alberta Brandt
 Alexander  Brandt
 - Brandt, frøken
 - Christensen fra Randers
 Alfred Eckardt
 Betty  Ejlskov
 Viggo Fich
 - Hansen, sagfører
 Adolph Larsen
 Georg Larsen
 Jeppe Andreas Larsen
@@ -1412,53 +1472,50 @@
 Lars Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
   </si>
   <si>
     <t>Johannes V. Jensen skriver om sin snue og hvordan Else varter ham op. De drømmer om at bo på Isle of Wight og han mener, Fritz Syberg også bør prøve at bo i England. Derudover diverse andet, blandt andet at han vil forsøge at sende sin seneste bog, som har vakt røre i andedammen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TobY</t>
   </si>
   <si>
     <t>5 Maj 11
 Kære Ven
 Skubbet op i Hovedpuder og med en Aargang af Ill. Tidende fra 1864 til Underlag skriver jeg dette. Jeg har Snue og bliver dægget for af Else som elsker naar jeg leger syg. Udenfor er det stille og vil give Varme opad dagen, jeg kan se de grønne Træer i Frederiksberg Have. Vi er kommen hjem fra Rejsen, som var god, og er ikke kommen hjem alligevel. Børnene er jo borte i Kalundborg, og jeg bryder mig ikke rigtig mere om Købehavn. Vi drømmer om at tage til Øen Wight og bo. Kanalen, det var det jeg sagde. Tænk dig Dieppe med blomstrende Frugttræer, høje Kalkklinter med grønne Volde foroven og Kanalen melket og opalgrøn nedenunder! Jeg kastede en Flintesten i Stranden og viede dig til at finde den. Hvorfor slås du med skidne Løgspisere? Vi skal leve i England. De har slette Malere derovre, du burde forny den danske Indvandring. Har du ikke 8 Aar til England? Jeg vil lave en Bog om Vilhelm Erobreren. Ved du af at paa Wight er der ingen Vinter, der gror Myrter? ---Nu har jeg spist Byggrynsgrød med tyk raa Fløde og kogte udhuldnede Svesker, om lidt kommer Else med en Krydder og ber mig endelig spise den. Om en Time staar den syge Mand op, ryster sig og gaar i Byen. Fuglesang! Bogfinken vrinsker udenfor Vinduerne, de laver stor Bryllupskonkurrence paa Kvistene. Røgen staar stille over Jostys Tag. Zoologisk Have? Jeg tror jeg skal op og give den gamle Bavian en Banan i dag, han nyder den saa kolossalt og hader mig for det. Han ligner Brandes, og jeg faar Bugt med den ene gennem den anden. - Ellers noget der staar fast? Vi lever paa det løse. Naar jeg har faaet lavet nogle Artikler, tager vi paa Cykletur i Sjælland og maaske Sverig. Just nu spørger man mig, Mads Rasmussen, pr Telefon, om jeg vil holde et Foredrag i Venstreklubben. Jeg lader ham svare gennem Else at jeg desværre har faaet et Træskosøm i Øjet, saa det kan ikke gaa rundt. Om jeg vil have en varm Klatkage med Strøsukker paa? (Bulletin fra Køkkenet) Jeg varer ja. Else kan ikke blive klædt paa for at varte mig op. Vi havde den dejligste Galop paa Fælleden i gaar, og i morgen haaber vi at ride og se Flyvning samtidigt.- ak ja men jeg kan ikke se jer mere, I har været for længe borte. Hvordan ser I ud? Hans er selvfølgelig Lazaron, Besse og Nolle med sammenlagte Duge paa Hovedet., Sakker Rygende Lerpibe og tabende Mundvandet, Rille spejlblank af Makaroni og Trylle med Klude bundne om Benene. Maleren selv ser jeg gestikulere ivrigt, hugge og stikke og klippe i Luften med Hænderne og Moderen klædt i Zinnober taler et Italiensk der driver Tolke og Translatører til Fortvivlelse?? Dog I er naturligvis jer selv allesammen. - Min sidste Bog der har rørt op i Andedammen skal jeg forsøge at sende, Jeg har den maaske Overtro at Pakker ikke naar ind i Italien.
 Nu maa I leve vel. Else beder mig hilse mange gange. Jeres hengivne 
 Johannes V.</t>
   </si>
   <si>
     <t>1911-08-21</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
-    <t>Laura Warberg</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Anna, pige i huset hos Brønsted
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Ellen  Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
 Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
 Det vides ikke, hvem Fru Gj. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
   </si>
   <si>
     <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
 Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXBg</t>
   </si>
   <si>
@@ -2317,50 +2374,149 @@
   </si>
   <si>
     <t>Larsen rejser til Nykøbing onsdag. 
 Elena/Bimse Larsen har kørt Johannes Larsen og børnene til København, og de har været i zoo.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K8aj</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm. 
 [På kuvertens bagside:]
 Johannes Larsen
 P.T. Blegdamsvej 19
 København
 [I brevet:]
 Blegdamsvej 19 Mandag 21/5 48.
 Kære Grevinde!
 Ja nu sidder jeg altsaa her og har set i en Togliste. Jeg havde først tænkt mig at rejse herfra Kl. 8,05 Torsdag, men ved nærmere Overvejelse foretrækker jeg at rejse Onsdag 12,35, derefter skulde jeg være i Nykøbing Kl. 16,37. Dersom Du har noget at indvende mod dette Arrangement, bedes Du telefonere hertil, Øbro 63.84. Bimse kørte Børnene og mig her til i Lørdags. I Dag har jeg været i Zoologisk Have med Børnene og deres Tante, mens Bimse var til Frokost hos en Studenterkammerat.
 Mange Hilsener
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1951-05-18</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Thora Cohn
+Else Jensen
+Emmerik Jensen
+Hjalmar Johansen
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Poul Lorentsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen var død, da Johannes Larsen skrev brevet</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har blandt andet været i Zoologisk Have i København. Nu er han hjemme og skal til Romsø med Christiansen. Gåsen ligger stadig på æg. Han vedlægger et brev fra Poul Lorentsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5W9d</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Maj 1951
+Kære Lysse og Bimse.
+Jeg fik snakket med en Del Mennesker i Kjøbenhavn og Fredagen før Pintse kørte Else og Emmerik mig til zoologisk Have og derfra til Banegaarden hvor jeg i et overfyldt Tog kom til Korsør og videre til Nyborg, hvor Puf hentede mig. Vi har haft det koldt her siden men i Dag er det mildere og jeg har været nede hos Christiansen og aftalt med ham at tage til Romsø i Morgen. Vores Gaas ligger stadig skønt den skulde have haft Gæslinger for en Uge siden. I Dag fik jeg vedlagte Brev fra Statsskovrider Poul Lorentzen, som Du nok vil høre nærmere fra. Hvordan gaar det med Kalkunerne? og med de smaa Æg? Tak for sidst! Mange Hilsner fra Puf, Else, Børnene og 
+Jeres JL.
+[På side 2 er der tegnet et kort. På dette er der skrevet:]
+Tyllesand 5
+114 Per Larson
+Lasse!
+100 Godsågere
+Skogsvakten
+Hjalmar Johansen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2437,59 +2593,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BH6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDrj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9eAFAFDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NT4A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUSJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/6ts1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0MC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogSM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SfVS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7vxi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BH6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JG1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pDrj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KBSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7s4B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Jy9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9eAFAFDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NT4A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlat" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cHqV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ylxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jZXP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4LeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUSJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evwm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M63"/>
+  <dimension ref="A1:M66"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2559,2741 +2715,2874 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>28</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F9" s="5" t="s">
-        <v>64</v>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F10" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F11" s="5" t="s">
-        <v>64</v>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>83</v>
+      <c r="F12" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="5" t="s">
-        <v>64</v>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>97</v>
-[...9 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="s">
-        <v>97</v>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="I15" s="5"/>
+        <v>108</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>109</v>
+      </c>
       <c r="J15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G16" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-        <v>126</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>145</v>
+        <v>55</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>170</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G28" s="5" t="s">
+        <v>187</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D29" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H29" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>196</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="M29" s="5"/>
+        <v>197</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>198</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="s">
-[...9 lines deleted...]
-        <v>198</v>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>45</v>
+        <v>203</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>202</v>
-[...4 lines deleted...]
-      <c r="G31" s="5" t="s">
         <v>204</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>205</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>206</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>216</v>
+      </c>
       <c r="J32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-        <v>216</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G34" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
-        <v>235</v>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>249</v>
+        <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>250</v>
-[...4 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G38" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>253</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>254</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>252</v>
+        <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>27</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>268</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>269</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>270</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>271</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>272</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>274</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="D41" s="5" t="s">
+      <c r="E41" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="E41" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="5" t="s">
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="K41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>281</v>
       </c>
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D42" s="5" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>285</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>286</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>250</v>
+        <v>27</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>249</v>
+        <v>285</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>270</v>
+        <v>297</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>45</v>
+        <v>260</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>259</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>300</v>
-[...4 lines deleted...]
-      <c r="G44" s="5" t="s">
         <v>302</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>303</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>304</v>
       </c>
       <c r="J44" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="K44" s="5" t="s">
+      <c r="L44" s="6" t="s">
         <v>306</v>
       </c>
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="5" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="B45" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>310</v>
       </c>
       <c r="G45" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>21</v>
+        <v>314</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>317</v>
+        <v>55</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>319</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>305</v>
+        <v>21</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>324</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>258</v>
-[...4 lines deleted...]
-        </is>
+        <v>326</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="E48" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="F48" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>335</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>337</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>338</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>340</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="I49" s="5"/>
+        <v>344</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>345</v>
+      </c>
       <c r="J49" s="5" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>16</v>
+        <v>341</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>45</v>
+        <v>342</v>
       </c>
       <c r="E50" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="F50" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F50" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>347</v>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G52" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>364</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>365</v>
+      </c>
       <c r="J52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="s">
-        <v>366</v>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D54" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>375</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>373</v>
-[...10 lines deleted...]
-        </is>
+        <v>376</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="M54" s="5"/>
+        <v>379</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>380</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="6" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="6" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="s">
-        <v>382</v>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>383</v>
-[...8 lines deleted...]
-        <v>385</v>
+        <v>388</v>
+      </c>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L57" s="6" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>190</v>
+        <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D58" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G58" s="5" t="s">
+        <v>391</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>389</v>
-[...5 lines deleted...]
-        </is>
+        <v>392</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="M58" s="5"/>
+        <v>395</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>396</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>390</v>
+        <v>399</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H60" s="5" t="s">
+        <v>402</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D61" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-[...6 lines deleted...]
-        <v>402</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I61" s="5"/>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>404</v>
-[...3 lines deleted...]
-      </c>
+        <v>406</v>
+      </c>
+      <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>18</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>409</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>410</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>411</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>412</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>413</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>415</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="E63" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="F63" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="E64" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="F64" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="I63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="J63" s="5" t="s">
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="J66" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="K63" s="5" t="s">
-[...6 lines deleted...]
-        <v>421</v>
+      <c r="K66" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>445</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5317,44 +5606,47 @@
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
+    <hyperlink ref="M64" r:id="rId69"/>
+    <hyperlink ref="M65" r:id="rId70"/>
+    <hyperlink ref="M66" r:id="rId71"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>